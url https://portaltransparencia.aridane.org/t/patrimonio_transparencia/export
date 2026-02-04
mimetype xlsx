--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -12,92 +12,143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>tipo_de_bien</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>informacion</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>26-11-2025</t>
+  </si>
+  <si>
+    <t>Derechos reales</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149593DERECHOS REALES.odt</t>
+  </si>
+  <si>
+    <t>Inmuebles arrendados y destino</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149605INMUEBLES ARRENDADOS Y DESTINO.ODT</t>
+  </si>
+  <si>
+    <t>Inmuebles cedidos a terceros. Beneficiarios y destino</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149624INMUEBLES CEDIDOS A TERCEROS. BENEFICIARIOS Y DESTINO.ODT</t>
+  </si>
+  <si>
+    <t>Vehículos arrendados</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149629VEHÍCULOS ARRENDADOS.ODT</t>
+  </si>
+  <si>
+    <t>Vehículos propios</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149648VEHÍCULOS PROPIOS.ODT</t>
+  </si>
+  <si>
+    <t>Bienes cedidos por otras administraciones</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149551BIENES CEDIDOS POR OTRAS ADMINISTRACIONES.ODT</t>
+  </si>
+  <si>
+    <t>Bienes demaniales de uso o servicio público</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149556BIENES DEMANIALES DE USO O SERVICIO PUBLICO.ODT</t>
+  </si>
+  <si>
+    <t>Bienes inmuebles de los que sean titulares o sobre los que ostenten algún derecho real</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149568BIENES INMUEBLES DE LOS QUE SEAN TITULARES O SOBRE LOS QUE OSTENTEN ALGÚN DERECHO REAL.ODT</t>
+  </si>
+  <si>
+    <t>Concesiones y autorizaciones de utilización de dominio público</t>
+  </si>
+  <si>
+    <t>https://portaltransparencia.aridane.org/storage/uploads/1764149587CONCESIONES Y AUTORIZACIONES DE UTILIZACIÓN DE DOMINIO PÚBLICO.ODT</t>
+  </si>
+  <si>
     <t>31-12-2024</t>
   </si>
   <si>
-    <t>Derechos reales</t>
-[...1 lines deleted...]
-  <si>
     <t>https://portaltransparencia.aridane.org/storage/uploads/1721138687Derechos reales ayto los llanos.odt</t>
   </si>
   <si>
     <t>Bienes demaniales</t>
   </si>
   <si>
     <t>https://portaltransparencia.aridane.org/storage/uploads/1736425047BIENES DEMANIALES DE USO O SERVICIO PUBLICO.ODT</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bienes inmuebles de los que sean titulares o sobre los que ostenten algún derecho real</t>
   </si>
   <si>
     <t>https://portaltransparencia.aridane.org/storage/uploads/1736425099BIENES INMUEBLES DE LOS QUE SEAN TITULARES O SOBRE LOS QUE OSTENTEN ALGÚN DERECHO REAL.odt.ODT</t>
   </si>
   <si>
     <t>Bienes inmuebles cedidos por otras administraciones</t>
   </si>
   <si>
     <t>https://portaltransparencia.aridane.org/storage/uploads/1736424992BIENES CEDIDOS POR OTRAS ADMINISTRACIONES.odt.ODT</t>
   </si>
   <si>
     <t>Bienes inmuebles cedidos a terceros</t>
   </si>
   <si>
     <t>Beneficiarios y Destinos</t>
   </si>
   <si>
     <t>https://portaltransparencia.aridane.org/storage/uploads/1736425175INMUEBLES CEDIDOS A TERCEROS. BENEFICIARIOS Y DESTINO.ODT</t>
   </si>
   <si>
     <t xml:space="preserve">Bienes Arrendados	</t>
   </si>
   <si>
     <t>Inmuebles arrendados y destino 2023-24</t>
   </si>
@@ -711,51 +762,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z38"/>
+  <dimension ref="A1:Z47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="103" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="108" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="143" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="189" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -775,770 +826,950 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>269</v>
+        <v>512</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
       <c r="H2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>278</v>
+        <v>513</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
       <c r="H3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>279</v>
+        <v>514</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>280</v>
+        <v>515</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
       <c r="G5" t="s">
         <v>16</v>
       </c>
       <c r="H5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>281</v>
+        <v>516</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" t="s">
         <v>18</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>310</v>
+        <v>508</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>312</v>
+        <v>510</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>411</v>
+        <v>511</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="H11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>309</v>
+        <v>278</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G12" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>23</v>
+      </c>
+      <c r="G13" t="s">
+        <v>31</v>
       </c>
       <c r="H13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
       </c>
       <c r="H14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>256</v>
+        <v>281</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="H15">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>261</v>
+        <v>310</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="H16">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>265</v>
+        <v>311</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="C17" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="G17" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H17">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>267</v>
+        <v>312</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="C18" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G18" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H18">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>273</v>
+        <v>411</v>
       </c>
       <c r="B19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>46</v>
       </c>
-      <c r="C19" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="G19" t="s">
+        <v>47</v>
       </c>
       <c r="H19">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>286</v>
+        <v>264</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="G20" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="H20">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="H21">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="F22" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="H22">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>257</v>
+        <v>272</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
+        <v>62</v>
       </c>
       <c r="H23">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G24" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H24">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" t="s">
         <v>67</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="G25" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G26" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="H26">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="G27" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="H27">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="H28">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C29" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G29" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="H29">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G30" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="H30">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D31" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>82</v>
+      </c>
+      <c r="F31" t="s">
+        <v>83</v>
       </c>
       <c r="H31">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C32" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="G32" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="H32">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C33" t="s">
+        <v>87</v>
+      </c>
+      <c r="D33" t="s">
         <v>88</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="H33">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="G34" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="H34">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="G35" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="H35">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B36" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G36" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="H36">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D37" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G37" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="H37">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
+        <v>285</v>
+      </c>
+      <c r="B38" t="s">
+        <v>84</v>
+      </c>
+      <c r="C38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38" t="s">
+        <v>101</v>
+      </c>
+      <c r="G38" t="s">
+        <v>102</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26">
+      <c r="A39" s="1">
+        <v>254</v>
+      </c>
+      <c r="B39" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" t="s">
+        <v>103</v>
+      </c>
+      <c r="G39" t="s">
+        <v>104</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26">
+      <c r="A40" s="1">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>105</v>
+      </c>
+      <c r="C40" t="s">
+        <v>37</v>
+      </c>
+      <c r="D40" t="s">
+        <v>106</v>
+      </c>
+      <c r="G40" t="s">
+        <v>107</v>
+      </c>
+      <c r="H40">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26">
+      <c r="A41" s="1">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
+        <v>105</v>
+      </c>
+      <c r="C41" t="s">
+        <v>67</v>
+      </c>
+      <c r="D41" t="s">
+        <v>108</v>
+      </c>
+      <c r="G41" t="s">
+        <v>109</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26">
+      <c r="A42" s="1">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" t="s">
+        <v>110</v>
+      </c>
+      <c r="D42" t="s">
+        <v>111</v>
+      </c>
+      <c r="G42" t="s">
+        <v>112</v>
+      </c>
+      <c r="H42">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26">
+      <c r="A43" s="1">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" t="s">
+        <v>114</v>
+      </c>
+      <c r="G43" t="s">
+        <v>115</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26">
+      <c r="A44" s="1">
+        <v>274</v>
+      </c>
+      <c r="B44" t="s">
+        <v>105</v>
+      </c>
+      <c r="C44" t="s">
+        <v>40</v>
+      </c>
+      <c r="D44" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" t="s">
+        <v>117</v>
+      </c>
+      <c r="H44">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26">
+      <c r="A45" s="1">
+        <v>276</v>
+      </c>
+      <c r="B45" t="s">
+        <v>105</v>
+      </c>
+      <c r="C45" t="s">
+        <v>40</v>
+      </c>
+      <c r="D45" t="s">
+        <v>118</v>
+      </c>
+      <c r="G45" t="s">
+        <v>119</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26">
+      <c r="A46" s="1">
+        <v>284</v>
+      </c>
+      <c r="B46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>45</v>
+      </c>
+      <c r="D46" t="s">
+        <v>120</v>
+      </c>
+      <c r="G46" t="s">
+        <v>121</v>
+      </c>
+      <c r="H46">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26">
+      <c r="A47" s="1">
         <v>253</v>
       </c>
-      <c r="B38" t="s">
-[...5 lines deleted...]
-      <c r="D38" t="s">
+      <c r="B47" t="s">
         <v>105</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="H38">
+      <c r="C47" t="s">
+        <v>29</v>
+      </c>
+      <c r="D47" t="s">
+        <v>122</v>
+      </c>
+      <c r="G47" t="s">
+        <v>123</v>
+      </c>
+      <c r="H47">
         <v>2020</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>